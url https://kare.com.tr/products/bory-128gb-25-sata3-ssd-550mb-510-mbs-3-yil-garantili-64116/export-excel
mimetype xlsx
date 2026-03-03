--- v0 (2026-01-10)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>Veri Depolama Kategori</t>
   </si>
   <si>
     <t>2.5" SSD</t>
   </si>
   <si>
     <t>Üretici Kodu</t>
   </si>
   <si>
-    <t>R500-C128G</t>
+    <t>AD223BRY0005</t>
   </si>
   <si>
     <t>Kapasite</t>
   </si>
   <si>
     <t>128 GB</t>
   </si>
   <si>
     <t>Arabirim</t>
   </si>
   <si>
     <t>SATA</t>
   </si>
   <si>
     <t>Disk Boyutu</t>
   </si>
   <si>
     <t>2.5"</t>
   </si>
   <si>
     <t>Okuma/Yazma</t>
   </si>
   <si>
     <t>550MB - 510 MB/S</t>
   </si>