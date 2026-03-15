--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -44,78 +44,78 @@
   <si>
     <t>İşlemci Tipi</t>
   </si>
   <si>
     <t>Intel® Core™ i5</t>
   </si>
   <si>
     <t>Masaüstü Bilgisayar Kategori</t>
   </si>
   <si>
     <t>Mini Bilgisayar</t>
   </si>
   <si>
     <t>Bellek Kapasitesi</t>
   </si>
   <si>
     <t>64 GB</t>
   </si>
   <si>
     <t>Ekran Kartı Belleği</t>
   </si>
   <si>
     <t>16 GB</t>
   </si>
   <si>
+    <t>Ürün Ailesi</t>
+  </si>
+  <si>
+    <t>Pro Mini</t>
+  </si>
+  <si>
+    <t>Kablosuz Birimler</t>
+  </si>
+  <si>
+    <t>Wi-Fi + Bluetooth</t>
+  </si>
+  <si>
+    <t>Port Yapısı</t>
+  </si>
+  <si>
+    <t>Ön: 1 adet USB 3.2 Gen 2 (10 Gbps) Type-C ® bağlantı noktası, 1 adet USB 3.2 Gen 1 (5 Gbps) bağlantı noktası, 1 adet kulaklık (kulaklık ve mikrofon birleşik) bağlantı noktası Arka: 1 adet USB 3.2 Gen 1 (5 Gbps) SmartPower On özellikli bağlantı noktası,</t>
+  </si>
+  <si>
+    <t>Ethernet Kartı</t>
+  </si>
+  <si>
+    <t>Tümleşik 10/100/1000 Mbps</t>
+  </si>
+  <si>
     <t>İşletim Sistemi</t>
   </si>
   <si>
-    <t>Windows 11 Pro</t>
-[...23 lines deleted...]
-    <t>Tümleşik 10/100/1000 Mbps</t>
+    <t>FreeDOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>