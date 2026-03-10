--- v0 (2025-11-23)
+++ v1 (2026-03-10)
@@ -41,51 +41,51 @@
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>Masaüstü Bilgisayar Kategori</t>
   </si>
   <si>
     <t>Masaüstü Bilgisayar</t>
   </si>
   <si>
     <t>Ürün Ailesi</t>
   </si>
   <si>
     <t>Vostro 3000 Serisi</t>
   </si>
   <si>
     <t>İşlemci Tipi</t>
   </si>
   <si>
     <t>Intel® Core™ i5</t>
   </si>
   <si>
     <t>İşlemci</t>
   </si>
   <si>
-    <t>i7-12700 Temel Frekans 2.10GHz Turbo Frekans 4.90GHz Önbellek 25MB</t>
+    <t>İ5 12400 Temel Frekans 2.10GHz Turbo Frekans 4.90GHz Önbellek 25MB</t>
   </si>
   <si>
     <t>Bellek Kapasitesi</t>
   </si>
   <si>
     <t>8 GB</t>
   </si>
   <si>
     <t>Bellek Tipi</t>
   </si>
   <si>
     <t>Sistem Belleği 8GB Bellek Türü DDR5 5600MHz Bellek Düzeni 1 x 8GB Max.Bellek 64GB Toplam Bellek Slotu 2</t>
   </si>
   <si>
     <t>Disk Kapasitesi</t>
   </si>
   <si>
     <t>512 GB SSD</t>
   </si>
   <si>
     <t>Ekran Kartı Belleği</t>
   </si>
   <si>
     <t>Tümleşik</t>
   </si>