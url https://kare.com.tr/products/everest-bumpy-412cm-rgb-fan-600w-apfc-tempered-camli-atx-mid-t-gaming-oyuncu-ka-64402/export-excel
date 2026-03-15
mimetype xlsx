--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -47,63 +47,63 @@
   <si>
     <t>Fan</t>
   </si>
   <si>
     <t>Kasa Yapısı</t>
   </si>
   <si>
     <t>ATX</t>
   </si>
   <si>
     <t>3.5" Sürücü Yuvası</t>
   </si>
   <si>
     <t>2 Adet</t>
   </si>
   <si>
     <t>2.5" Sürücü Yuvası</t>
   </si>
   <si>
     <t>Genişleme Slotları</t>
   </si>
   <si>
     <t>7 adet</t>
   </si>
   <si>
+    <t>Fan Sayısı</t>
+  </si>
+  <si>
+    <t>Ön Panel Giriş/Çıkış</t>
+  </si>
+  <si>
+    <t>Flat Mesh</t>
+  </si>
+  <si>
     <t>Güç Kaynağı</t>
   </si>
   <si>
-    <t>Yok</t>
-[...8 lines deleted...]
-    <t>Flat Mesh</t>
+    <t>600 W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -471,60 +471,60 @@
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>11</v>
       </c>
-      <c r="B7" t="s">
-        <v>12</v>
+      <c r="B7">
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>