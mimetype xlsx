--- v0 (2026-01-27)
+++ v1 (2026-03-19)
@@ -62,60 +62,60 @@
   <si>
     <t>Işık Kaynağı</t>
   </si>
   <si>
     <t>Led</t>
   </si>
   <si>
     <t>İşlemci</t>
   </si>
   <si>
     <t>Intel® Processor N97 6M 3.60 GHz</t>
   </si>
   <si>
     <t>Bellek Desteği</t>
   </si>
   <si>
     <t>4GB Standard, DDR4 3200 MT/s, Socket 1 x SODIMM (Max. 16GB)</t>
   </si>
   <si>
     <t>Port Yapısı</t>
   </si>
   <si>
     <t>2 x DisplayPort 5 x USB 2.0 2 x USB 3.0 1 x Type-C 1 x RJ-45 (GB)</t>
   </si>
   <si>
+    <t>Sabit Disk</t>
+  </si>
+  <si>
+    <t>NVME M.2 128G</t>
+  </si>
+  <si>
     <t>İşletim Sistemi</t>
   </si>
   <si>
-    <t>Windows 11 Home</t>
-[...5 lines deleted...]
-    <t>NVME M.2 128G</t>
+    <t>FreeDOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>