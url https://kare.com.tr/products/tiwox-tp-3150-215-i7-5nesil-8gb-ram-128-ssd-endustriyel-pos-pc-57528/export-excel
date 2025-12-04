--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -56,51 +56,51 @@
   <si>
     <t>Işık Kaynağı</t>
   </si>
   <si>
     <t>Yok</t>
   </si>
   <si>
     <t>Dokunmatik Ekran</t>
   </si>
   <si>
     <t>Var</t>
   </si>
   <si>
     <t>Tarama Hızı</t>
   </si>
   <si>
     <t>Çözünürlük</t>
   </si>
   <si>
     <t>1366x768</t>
   </si>
   <si>
     <t>İşlemci</t>
   </si>
   <si>
-    <t>5.Nesil Intel Core i5</t>
+    <t>5.Nesil Intel Core i7</t>
   </si>
   <si>
     <t>Sabit Disk</t>
   </si>
   <si>
     <t>128 SSD</t>
   </si>
   <si>
     <t>Bellek Desteği</t>
   </si>
   <si>
     <t>8 GB DDR3</t>
   </si>
   <si>
     <t>Port Yapısı</t>
   </si>
   <si>
     <t>2x COM Port 6x USB 2.0 1x LAN 1x HDMI 1x VGA</t>
   </si>
   <si>
     <t>İşletim Sistemi</t>
   </si>
   <si>
     <t>FreeDOS</t>
   </si>